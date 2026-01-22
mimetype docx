--- v0 (2025-10-15)
+++ v1 (2026-01-22)
@@ -1,3198 +1,2755 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:tbl>
-[...51 lines deleted...]
-    <w:p w:rsidR="00064399" w:rsidRDefault="00064399" w:rsidP="00064399">
+    <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
       <w:pPr>
         <w:ind w:right="-93"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00064399" w:rsidRPr="00064399" w:rsidRDefault="00064399" w:rsidP="00064399">
+    <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00064399" w:rsidRDefault="00064399" w:rsidP="00064399">
+    <w:p w14:paraId="716A74F4" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008003F2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>RELATÓRIO DE ESTÁGIO À DOCÊNCIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00064399" w:rsidRPr="00064399" w:rsidRDefault="00064399" w:rsidP="00064399">
+    <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00064399" w:rsidRDefault="00064399" w:rsidP="00064399">
+    <w:p w14:paraId="7004D304" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:spacing w:line="340" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00064399">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">Eu, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00064399">
+        <w:t xml:space="preserve">Eu, ____________________________________________, estudante regularmente </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:softHyphen/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00064399">
+        <w:t>matriculado(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:softHyphen/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00064399">
+        <w:t xml:space="preserve">a) no curso de (   ) Mestrado/ (   ) Doutorado do Programa de Pós-Graduação em Química e Biotecnologia da UFAL, venho solicitar ao </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:softHyphen/>
-[...125 lines deleted...]
-    <w:p w:rsidR="00064399" w:rsidRPr="00064399" w:rsidRDefault="00064399" w:rsidP="00064399">
+        <w:t>Colegiado a avaliação do meu relatório de estágio à docência.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:spacing w:line="340" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00064399" w:rsidRPr="008B3DA9" w:rsidRDefault="00064399" w:rsidP="00064399">
+    <w:p w14:paraId="6A05A809" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B3DA9">
-[...24 lines deleted...]
-    <w:p w:rsidR="00064399" w:rsidRPr="007D75EF" w:rsidRDefault="00064399" w:rsidP="00064399">
+    </w:p>
+    <w:p w14:paraId="5A39BBE3" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:spacing w:line="340" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00064399" w:rsidRDefault="00064399" w:rsidP="00064399">
+    <w:p w14:paraId="358DF0C8" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
       <w:pPr>
         <w:ind w:left="2977"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Maceió, ______de ____________________de 20______.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00064399" w:rsidRDefault="00064399" w:rsidP="00064399">
+    <w:p w14:paraId="41C8F396" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
       <w:pPr>
         <w:ind w:left="2977"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00064399" w:rsidRDefault="00064399" w:rsidP="00064399">
+    <w:p w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
       <w:pPr>
         <w:ind w:left="2977"/>
-        <w:jc w:val="right"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A2352F3" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
+      <w:pPr>
+        <w:ind w:left="2977"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>_________________________________________________</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5D3B68" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
+      <w:pPr>
+        <w:spacing w:before="171" w:after="371" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2977"/>
         <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>Solicitante</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00064399" w:rsidRDefault="00064399" w:rsidP="00064399">
-[...19 lines deleted...]
-    <w:p w:rsidR="00CF2B95" w:rsidRDefault="00CF2B95" w:rsidP="00CF2B95">
+    <w:p w14:paraId="0D0B940D" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E27B00A" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60061E4C" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...287 lines deleted...]
-    <w:p w:rsidR="00453875" w:rsidRDefault="00453875" w:rsidP="00CF2B95">
+    </w:p>
+    <w:p w14:paraId="44EAFD9C" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B94D5A5" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DEEC669" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3656B9AB" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="049F31CB" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53128261" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62486C05" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4101652C" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B99056E" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9734" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9734"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="3AB7141F" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
-              <w:tblW w:w="0" w:type="dxa"/>
+              <w:tblW w:w="5000" w:type="pct"/>
               <w:jc w:val="center"/>
-              <w:tblBorders>
-[...1 lines deleted...]
-              </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="1268"/>
-              <w:gridCol w:w="6903"/>
+              <w:gridCol w:w="1267"/>
+              <w:gridCol w:w="6904"/>
               <w:gridCol w:w="1347"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00584A93" w:rsidRPr="00FB2CCA" w:rsidTr="00FB2CCA">
+            <w:tr w:rsidR="002B1C2A" w14:paraId="6C90DDEC" w14:textId="77777777" w:rsidTr="45A027A7">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="459"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1268" w:type="dxa"/>
+                  <w:tcW w:w="1267" w:type="dxa"/>
                   <w:tcBorders>
-                    <w:top w:val="nil"/>
-[...2 lines deleted...]
-                    <w:right w:val="nil"/>
+                    <w:bottom w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
                   </w:tcBorders>
-                  <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="00584A93" w:rsidRPr="00FB2CCA" w:rsidRDefault="00584A93" w:rsidP="00584A93">
+                <w:p w14:paraId="1299C43A" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
                   <w:pPr>
+                    <w:widowControl w:val="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="6903" w:type="dxa"/>
+                  <w:tcW w:w="6904" w:type="dxa"/>
                   <w:tcBorders>
-                    <w:top w:val="nil"/>
-[...2 lines deleted...]
-                    <w:right w:val="nil"/>
+                    <w:bottom w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
                   </w:tcBorders>
-                  <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="00584A93" w:rsidRPr="00FB2CCA" w:rsidRDefault="00FB2CCA" w:rsidP="00584A93">
+                <w:p w14:paraId="2278D607" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="45A027A7" w:rsidP="45A027A7">
                   <w:pPr>
+                    <w:widowControl w:val="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
-                      <w:sz w:val="32"/>
+                      <w:bCs/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00FB2CCA">
+                  <w:r w:rsidRPr="45A027A7">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
-                      <w:sz w:val="32"/>
+                      <w:bCs/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
                     </w:rPr>
                     <w:t>FORMULÁRIO PARA ACOMPANHAMENTO DAS ATIVIDADES DE ESTÁGIO À DOCÊNCIA</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1347" w:type="dxa"/>
                   <w:tcBorders>
-                    <w:top w:val="nil"/>
-[...2 lines deleted...]
-                    <w:right w:val="nil"/>
+                    <w:bottom w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
                   </w:tcBorders>
-                  <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="00584A93" w:rsidRPr="00FB2CCA" w:rsidRDefault="00584A93" w:rsidP="00584A93">
+                <w:p w14:paraId="4DDBEF00" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
                   <w:pPr>
+                    <w:widowControl w:val="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="009136E0">
+          <w:p w14:paraId="431CE0F3" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB2CCA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Nome do discente</w:t>
+              <w:t xml:space="preserve">Nome do </w:t>
             </w:r>
-            <w:r w:rsidR="00233589" w:rsidRPr="00FB2CCA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:t>discente:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3579F" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="47B68D03" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C3579F" w:rsidRPr="00FB2CCA" w:rsidRDefault="009136E0" w:rsidP="009136E0">
+          <w:p w14:paraId="06FCEA26" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB2CCA">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">    ) Mestrado       (    ) Doutorado</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Nível:  (    ) Mestrado       (    ) Doutorado</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3579F" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="286247E7" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:trPr>
           <w:trHeight w:val="178"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C3579F" w:rsidRPr="00FB2CCA" w:rsidRDefault="009136E0" w:rsidP="009136E0">
+          <w:p w14:paraId="26F619EF" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB2CCA">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nome do Orientador:   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="75D09C86" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="009136E0" w:rsidP="00233589">
+          <w:p w14:paraId="04F62EE2" w14:textId="4DF288A6" w:rsidR="002B1C2A" w:rsidRDefault="45A027A7" w:rsidP="45A027A7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB2CCA">
-[...9 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Nome da disciplina:                                                                                          Código (               )</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3579F" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="553AFD16" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C3579F" w:rsidRPr="00FB2CCA" w:rsidRDefault="009136E0" w:rsidP="00233589">
+          <w:p w14:paraId="41128819" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB2CCA">
-[...9 lines deleted...]
-              <w:t xml:space="preserve">    </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nome do curso de graduação:    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="4C533203" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="009136E0" w:rsidP="00B55DF8">
+          <w:p w14:paraId="5ECCFDBB" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB2CCA">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">    </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Docente encarregado da disciplina:    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009136E0" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="77269062" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009136E0" w:rsidRPr="00FB2CCA" w:rsidRDefault="00CA5DD8" w:rsidP="00A24ABD">
+          <w:p w14:paraId="379AE46A" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB2CCA">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">                           </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carga horária total da disciplina:                               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A24ABD" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="1E9F91C9" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A24ABD" w:rsidRPr="00FB2CCA" w:rsidRDefault="00A24ABD" w:rsidP="00FB5A15">
+          <w:p w14:paraId="45D4F594" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>:</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Semestre Letivo da Graduação em foi ministrada a aula:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009136E0" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="5D7C87C0" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009136E0" w:rsidRPr="00FB2CCA" w:rsidRDefault="009136E0" w:rsidP="00B55DF8">
+          <w:p w14:paraId="3BE8776F" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB2CCA">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Data da aula:        /      /       </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Formulário número:                                   Data da aula:        /      /       </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="41AAF3C5" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="009136E0">
+          <w:p w14:paraId="4EE10E16" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB2CCA">
-[...3 lines deleted...]
-              <w:t>Carga horária ministrada nessa aula:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Ca</w:t>
             </w:r>
-            <w:r w:rsidR="00376F97" w:rsidRPr="00FB2CCA">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">    </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rga horária ministrada nessa aula:    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="7632B0D6" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="009136E0" w:rsidP="00376F97">
+          <w:p w14:paraId="083B3D2C" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB2CCA">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">    </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total acumulado de carga-horária de estágio:    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3579F" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="08B34375" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C3579F" w:rsidRPr="00FB2CCA" w:rsidRDefault="006C7B83" w:rsidP="00596587">
+          <w:p w14:paraId="536DEB90" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> (   ) prática</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Tipo de aula ministrada:  (   ) teórica    (   ) prática</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="1CDA922C" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="009136E0">
+          <w:p w14:paraId="7D439DA9" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00FB2CCA">
-[...9 lines deleted...]
-              <w:t>(</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Assunto(</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00FB2CCA">
-[...45 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s) ministrado(s) na aula:     </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="00233589">
+          <w:p w14:paraId="3461D779" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00233589" w:rsidRDefault="00233589">
+          <w:p w14:paraId="3CF2D8B6" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006C7B83" w:rsidRPr="00FB2CCA" w:rsidRDefault="006C7B83">
+          <w:p w14:paraId="0FB78278" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="335BA155" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:trPr>
           <w:trHeight w:val="1376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="009136E0">
+          <w:p w14:paraId="46CD0D95" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB2CCA">
-[...9 lines deleted...]
-              <w:t xml:space="preserve">:     </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Objetivo da aula ministrada:     </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="00233589">
+          <w:p w14:paraId="1FC39945" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B55DF8" w:rsidRPr="00FB2CCA" w:rsidRDefault="00B55DF8">
+          <w:p w14:paraId="0562CB0E" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B55DF8" w:rsidRPr="00FB2CCA" w:rsidRDefault="00B55DF8">
+          <w:p w14:paraId="34CE0A41" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="3A94CA46" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:trPr>
           <w:trHeight w:val="1256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B55DF8" w:rsidRPr="00FB2CCA" w:rsidRDefault="009136E0" w:rsidP="00B55DF8">
+          <w:p w14:paraId="3ED89366" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB2CCA">
-[...9 lines deleted...]
-              <w:t xml:space="preserve">:     </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Material e recursos utilizados:     </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="00233589">
+          <w:p w14:paraId="62EBF3C5" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="00233589">
+          <w:p w14:paraId="6D98A12B" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="00233589">
+          <w:p w14:paraId="2946DB82" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidTr="006C7B83">
+      <w:tr w:rsidR="002B1C2A" w14:paraId="5F8C21A2" w14:textId="77777777" w:rsidTr="45A027A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9734" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="009136E0">
+          <w:p w14:paraId="25424D90" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB2CCA">
-[...9 lines deleted...]
-              <w:t xml:space="preserve">:     </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bibliografia:     </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="00233589">
+          <w:p w14:paraId="5997CC1D" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="00233589">
+          <w:p w14:paraId="110FFD37" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00233589" w:rsidRPr="00FB2CCA" w:rsidRDefault="00233589">
+          <w:p w14:paraId="6B699379" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A102B3" w:rsidRPr="00FB2CCA" w:rsidRDefault="00A102B3" w:rsidP="00FB2CCA">
+    <w:p w14:paraId="062282E3" w14:textId="47D67AC9" w:rsidR="45A027A7" w:rsidRDefault="45A027A7" w:rsidP="45A027A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...90 lines deleted...]
-    <w:p w:rsidR="00FB2CCA" w:rsidRPr="00FB2CCA" w:rsidRDefault="00FB2CCA" w:rsidP="00FB2CCA">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20216A95" w14:textId="21531B81" w:rsidR="6B96E479" w:rsidRDefault="6B96E479" w:rsidP="45A027A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00A33A8E" w:rsidRPr="00BF3E21" w:rsidRDefault="00A33A8E" w:rsidP="00A33A8E">
+      <w:r w:rsidRPr="45A027A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assinatura </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="45A027A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>do(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="45A027A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) discente _________________________________________________________     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18BC15D0" w14:textId="405563DA" w:rsidR="6B96E479" w:rsidRDefault="6B96E479" w:rsidP="45A027A7">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="45A027A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assinatura </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="45A027A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>do(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="45A027A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a) docente responsável pela disciplina ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307C770C" w14:textId="5C54BF72" w:rsidR="45A027A7" w:rsidRDefault="45A027A7" w:rsidP="45A027A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...201 lines deleted...]
-    <w:p w:rsidR="00861727" w:rsidRDefault="00861727" w:rsidP="00A33A8E">
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="549ECF19" w14:textId="1BF47CB6" w:rsidR="6B96E479" w:rsidRDefault="6B96E479" w:rsidP="45A027A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00337071" w:rsidRDefault="00405A9F" w:rsidP="00405A9F">
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="45A027A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assinatura </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="45A027A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>do(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="45A027A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>a) orientador(a)  _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547845E9" w14:textId="16E5C8CC" w:rsidR="45A027A7" w:rsidRDefault="45A027A7" w:rsidP="45A027A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6577F6DE" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Obs.: 1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>) Ao</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> final do estágio, o aluno deverá entregar o relatório na Secretaria do Programa, 2) Caso o estágio seja realizado em mais de uma disciplina, entregar um relatório para </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cada uma delas. 3) verificar as regras de Estágio Docência no Regimento do PPGQB e na </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:tgtFrame="File">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="LinkdaInternet"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="151515"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>RN 11- Diretrizes para a realização do Estágio-Docência</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F72F646" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B35D4">
-[...66 lines deleted...]
-    <w:p w:rsidR="00453875" w:rsidRPr="00453875" w:rsidRDefault="00453875" w:rsidP="00405A9F">
+    </w:p>
+    <w:p w14:paraId="33A6B75A" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00453875">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ATENÇÃO: Preencher uma folha dessa para cada aula ministrada.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453875" w:rsidRDefault="00453875" w:rsidP="00405A9F">
+    <w:p w14:paraId="08CE6F91" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00453875" w:rsidRDefault="00453875" w:rsidP="00405A9F">
+    <w:p w14:paraId="61CDCEAD" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00453875" w:rsidRDefault="00453875" w:rsidP="00453875">
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="3386EE8B" w14:textId="6D194C67" w:rsidR="45A027A7" w:rsidRDefault="45A027A7" w:rsidP="45A027A7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00453875" w:rsidRPr="000F0527" w:rsidRDefault="00453875" w:rsidP="00453875">
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D2B8D3D" w14:textId="5DA5BB49" w:rsidR="002B1C2A" w:rsidRDefault="45A027A7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0527">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="45A027A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
-        </w:rPr>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>DECLARAÇÃO</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453875" w:rsidRPr="00D016B0" w:rsidRDefault="00453875" w:rsidP="00453875">
+    <w:p w14:paraId="5043CB0F" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
       <w:pPr>
         <w:ind w:left="-426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00453875" w:rsidRPr="00583C9A" w:rsidRDefault="00453875" w:rsidP="00453875">
+    <w:p w14:paraId="07459315" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
       <w:pPr>
         <w:ind w:left="-426" w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00453875" w:rsidRDefault="00453875" w:rsidP="00453875">
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FFB5D04" w14:textId="5159C591" w:rsidR="78152A84" w:rsidRDefault="78152A84" w:rsidP="78152A84">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-426" w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78152A84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">Eu, ______________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78152A84">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Eu, ____________________________________________ </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">discente do Programa de Pós-graduação em Química e Biotecnologia (PPGQB/UFAL), em nível de ____________________ declaro que realizei estágio docência na(s) seguinte(s) disciplina(s) _________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78152A84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>d</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">no(s) semestre(s) acadêmicos(s) ______________ perfazendo a carga horária total igual a _____ h, e que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78152A84">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">iscente </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>durante todo o processo fui supervisionado(a) presencialmente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78152A84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>do</w:t>
-[...39 lines deleted...]
-    <w:p w:rsidR="00453875" w:rsidRDefault="00453875" w:rsidP="00453875">
+        <w:t xml:space="preserve"> durante as atividades didáticas pelo(s) seguinte(s) professor(es) _____________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614D6458" w14:textId="36A8BB7E" w:rsidR="78152A84" w:rsidRDefault="78152A84" w:rsidP="78152A84">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-426" w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00453875" w:rsidRPr="000F0527" w:rsidRDefault="00453875" w:rsidP="00453875">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25898E78" w14:textId="2A099148" w:rsidR="78152A84" w:rsidRDefault="78152A84" w:rsidP="78152A84">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:right="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78152A84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ao assinar esse documento, o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78152A84">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ALUNO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78152A84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> declara que as informações nele contidas são verídicas e que está ciente que uma vez que não se comprove a veracidade dos fatos todo o processo relativo ao estágio docência é nulo, assim como, estará sujeito a processo administrativo devido ao fornecimento de informações falsas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4850A445" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:right="142"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atenção: As assinaturas neste documento devem ser feitas preferencialmente via </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:tgtFrame="_blank">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="LinkdaInternet"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>GOV.BR</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. Cópias de assinaturas (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>prints</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>) não serão aceitas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DFB9E20" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:right="142"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70DF9E56" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44E871BC" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="144A5D23" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="187F808A" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E2AC5B9" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assinatura do </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>aluno(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738610EB" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="637805D2" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="463F29E8" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B7B4B86" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A0FF5F2" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5630AD66" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:right="142"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61829076" w14:textId="5C16431F" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D19E4DC" w14:textId="456DBBA4" w:rsidR="00E54051" w:rsidRDefault="00E54051">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DC455C0" w14:textId="101A720E" w:rsidR="00E54051" w:rsidRDefault="00E54051">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61964B9D" w14:textId="77777777" w:rsidR="00E54051" w:rsidRDefault="00E54051">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FE2847B" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>DECLARAÇÃO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA226A1" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:ind w:left="-426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17AD93B2" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:ind w:left="-426" w:right="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="604F80A4" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-426" w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>no(</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Eu, _________________________________________________________docente da unidade acadêmica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s) semestre(s) acadêmicos(s) _______________  perfazendo a carga horária total igual a _____ h, e que </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00734FF5">
+        <w:t xml:space="preserve">_______________________________________ da UFAL, declaro que </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>durante todo o processo fui supervisionado(a) presencialmente</w:t>
+        <w:t>supervisionei presencialmente as atividades didáticas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> durante as atividades didáticas pelo(s) seguinte(s) professor(es) _____________________________________________________.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00453875" w:rsidRDefault="00453875" w:rsidP="00453875">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>estágio à docência na(s) seguinte(s) disciplina(s) ___________________________________________________________ no semestre letivo de ____________ do aluno(a) ________________________________________________ do Programa de Pós-graduação em Química e Biotecn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ologia (PPGQB – UFAL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> perfazendo a carga horária total igual a _____ horas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE4B5B7" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A" w:rsidP="78152A84">
       <w:pPr>
         <w:ind w:left="-426" w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00453875" w:rsidRPr="00955B7B" w:rsidRDefault="00453875" w:rsidP="00453875">
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28EF0D61" w14:textId="10F08C58" w:rsidR="78152A84" w:rsidRDefault="78152A84" w:rsidP="78152A84">
       <w:pPr>
         <w:ind w:left="-426" w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...187 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F742FF9" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="78152A84" w:rsidP="78152A84">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-426" w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="78152A84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ao assinar esse documento, o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="78152A84">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SUPERVISOR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78152A84">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> declara que as informações nele contidas são verídicas e que está ciente que uma vez que não se comprove a veracidade dos fatos todo o processo relativo ao estágio docência do aluno é nulo, assim como, estará sujeito a processo administrativo devido ao fornecimento de informações falsas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46800B51" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-426" w:right="142"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00453875" w:rsidRPr="000F0527" w:rsidRDefault="00453875" w:rsidP="00453875">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atenção: As assinaturas neste documento devem ser feitas preferencialmente via </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="LinkdaInternet"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>GOV.BR</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>. Cópias de assinaturas (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>prints</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>) não serão aceitas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66204FF1" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="-426" w:right="142"/>
-[...190 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00453875" w:rsidRPr="00DE4133" w:rsidRDefault="00453875" w:rsidP="00453875">
-[...33 lines deleted...]
-    <w:p w:rsidR="00453875" w:rsidRDefault="00453875" w:rsidP="00453875">
+    <w:p w14:paraId="2DBF0D7D" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B62F1B3" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="356ED893" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00453875" w:rsidRPr="002B35D4" w:rsidRDefault="00453875" w:rsidP="00453875">
+    <w:p w14:paraId="47B08B3F" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C62215">
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Assinatura do </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Supervisor</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C62215">
+        <w:t>Supervisor(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>a)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00453875" w:rsidRPr="002B35D4" w:rsidSect="00C3579F">
-      <w:headerReference w:type="default" r:id="rId6"/>
+    <w:p w14:paraId="02F2C34E" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="680A4E5D" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19219836" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="296FEF7D" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7194DBDC" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D414DFD" w14:textId="7030D563" w:rsidR="00E54051" w:rsidRDefault="00E54051">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="464EE78F" w14:textId="77777777" w:rsidR="00E54051" w:rsidRDefault="00E54051">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="577FD61F" w14:textId="3E3901C0" w:rsidR="002B1C2A" w:rsidRDefault="45A027A7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="45A027A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DECLARAÇÃO </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D7AA69" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="486112A6" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Eu, ________________________________________________professor (a) orientador (a) do</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (a) aluno (a) ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">declaro que o (a) referido (a) aluno (a) realizou o estágio docência na disciplina_____________________________________ sob supervisão do (a) professor (a) o no semestre letivo de ____________, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>perf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>azendo a carga horária total igual a _____ horas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7196D064" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:ind w:right="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3561BBB8" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
+      <w:pPr>
+        <w:ind w:right="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ao assinar esse documento, o (a) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ORIENTADOR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (a) declara que as informações nele contidas são verídicas e que está ciente que uma vez que não se comprove a veracidade dos fatos todo o processo relativo ao e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>stágio docência do (a) aluno (a) será nulo, assim como estará sujeito a processo administrativo devido ao fornecimento de informações falsas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB2C4E6" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="142"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atenção: As assinaturas neste documento devem ser feitas preferencialmente via </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="LinkdaInternet"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>GOV.BR</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. Cópias de assinaturas (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>prints</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>) não serão aceitas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FF1C98" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:ind w:right="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D072C0D" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:ind w:left="-426" w:right="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48A21919" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:ind w:left="-426" w:right="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BD18F9B" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:ind w:left="-426" w:right="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="238601FE" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:ind w:left="-426" w:right="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E30B269" w14:textId="0A4E7C97" w:rsidR="002B1C2A" w:rsidRDefault="45A027A7">
+      <w:pPr>
+        <w:spacing w:after="86" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:right="142"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="45A027A7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E32A27F" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
+      <w:pPr>
+        <w:spacing w:after="86" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:right="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Assinatura do (a) orientador (a)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3CABC7" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
+      <w:pPr>
+        <w:spacing w:after="86" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="002B1C2A">
+      <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="0" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:formProt w:val="0"/>
+      <w:docGrid w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006E344E" w:rsidRDefault="006E344E" w:rsidP="00453875">
+    <w:p w14:paraId="46D80672" w14:textId="77777777" w:rsidR="00810456" w:rsidRDefault="00810456">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006E344E" w:rsidRDefault="006E344E" w:rsidP="00453875">
+    <w:p w14:paraId="7C139CF0" w14:textId="77777777" w:rsidR="00810456" w:rsidRDefault="00810456">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Microsoft YaHei">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
   <w:font w:name="Goudy Old Style ATT">
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006E344E" w:rsidRDefault="006E344E" w:rsidP="00453875">
+    <w:p w14:paraId="196211B0" w14:textId="77777777" w:rsidR="00810456" w:rsidRDefault="00810456">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006E344E" w:rsidRDefault="006E344E" w:rsidP="00453875">
+    <w:p w14:paraId="4BD1CFF8" w14:textId="77777777" w:rsidR="00810456" w:rsidRDefault="00810456">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00453875" w:rsidRDefault="00453875">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="5B08B5D1" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblW w:w="8343" w:type="dxa"/>
       <w:jc w:val="center"/>
-      <w:tblBorders>
-[...1 lines deleted...]
-      </w:tblBorders>
+      <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="1090"/>
-      <w:gridCol w:w="5892"/>
+      <w:gridCol w:w="1089"/>
+      <w:gridCol w:w="5893"/>
       <w:gridCol w:w="1361"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00453875" w:rsidRPr="00401932" w:rsidTr="00AA5EB1">
+    <w:tr w:rsidR="002B1C2A" w14:paraId="16DEB4AB" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="1308"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1090" w:type="dxa"/>
+          <w:tcW w:w="1089" w:type="dxa"/>
+          <w:tcBorders>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00453875" w:rsidRPr="004F2FA7" w:rsidRDefault="00453875" w:rsidP="00453875">
+        <w:p w14:paraId="0AD9C6F4" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
           <w:pPr>
             <w:pStyle w:val="Cabealho"/>
+            <w:widowControl w:val="0"/>
             <w:jc w:val="center"/>
           </w:pPr>
-          <w:r w:rsidRPr="009C295D">
+          <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E3A4447" wp14:editId="0C5A178F">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F348A4F" wp14:editId="07777777">
                 <wp:extent cx="508000" cy="717550"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="9" name="Imagem 4" descr="Descrição: Brasão da Ufal">
+                <wp:docPr id="1" name="Imagem 4" descr="Descrição: Brasão da Ufal">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId1"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Imagem 4" descr="Descrição: Brasão da Ufal"/>
+                        <pic:cNvPr id="1" name="Imagem 4" descr="Descrição: Brasão da Ufal">
+                          <a:hlinkClick r:id="rId1"/>
+                        </pic:cNvPr>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId2">
-[...6 lines deleted...]
-                        <a:srcRect/>
+                        <a:blip r:embed="rId2"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="508000" cy="717550"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
-[...2 lines deleted...]
-                        </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="5892" w:type="dxa"/>
+          <w:tcW w:w="5893" w:type="dxa"/>
+          <w:tcBorders>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00453875" w:rsidRPr="002319C4" w:rsidRDefault="00453875" w:rsidP="00453875">
+        <w:p w14:paraId="4B1F511A" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
           <w:pPr>
             <w:pStyle w:val="Cabealho"/>
+            <w:widowControl w:val="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:lang w:val="es-ES"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00DE4133">
+          <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77469287" wp14:editId="69702D1E">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="169013B5" wp14:editId="07777777">
                 <wp:extent cx="2832100" cy="806450"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="11" name="Imagem 11" descr="Logo PPGQB"/>
+                <wp:docPr id="2" name="Imagem 11" descr="Logo PPGQB"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 11" descr="Logo PPGQB"/>
+                        <pic:cNvPr id="2" name="Imagem 11" descr="Logo PPGQB"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId3">
-[...6 lines deleted...]
-                        <a:srcRect/>
+                        <a:blip r:embed="rId3"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2832100" cy="806450"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
-[...2 lines deleted...]
-                        </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1361" w:type="dxa"/>
+          <w:tcBorders>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00453875" w:rsidRPr="00401932" w:rsidRDefault="00453875" w:rsidP="00453875">
+        <w:p w14:paraId="65F9C3DC" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="00810456">
           <w:pPr>
             <w:pStyle w:val="Cabealho"/>
+            <w:widowControl w:val="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="009C295D">
+          <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F7FBD48" wp14:editId="328D1D6B">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55EBC970" wp14:editId="07777777">
                 <wp:extent cx="723900" cy="704850"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="10" name="Imagem 2"/>
+                <wp:docPr id="3" name="Imagem 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Imagem 2"/>
+                        <pic:cNvPr id="3" name="Imagem 2"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId4">
-[...6 lines deleted...]
-                        <a:srcRect/>
+                        <a:blip r:embed="rId4"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="723900" cy="704850"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:noFill/>
-[...2 lines deleted...]
-                        </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00453875" w:rsidRDefault="00453875" w:rsidP="00453875">
+  <w:p w14:paraId="5023141B" w14:textId="77777777" w:rsidR="002B1C2A" w:rsidRDefault="002B1C2A">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:gutterAtTop/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00233589"/>
-[...35 lines deleted...]
-    <w:rsid w:val="00FB5A15"/>
+    <w:rsidRoot w:val="719DA6A7"/>
+    <w:rsid w:val="002B1C2A"/>
+    <w:rsid w:val="00810456"/>
+    <w:rsid w:val="00E54051"/>
+    <w:rsid w:val="02930D61"/>
+    <w:rsid w:val="0791D0BD"/>
+    <w:rsid w:val="1B216E57"/>
+    <w:rsid w:val="1F5E9488"/>
+    <w:rsid w:val="4172CBCD"/>
+    <w:rsid w:val="45A027A7"/>
+    <w:rsid w:val="6B96E479"/>
+    <w:rsid w:val="719DA6A7"/>
+    <w:rsid w:val="78152A84"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="pt-BR"/>
+  <w:themeFontLang w:val="pt-BR" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{635EB926-37A8-4AD0-BA0F-0247D0843FB7}"/>
+  <w14:docId w14:val="28305A94"/>
+  <w15:docId w15:val="{72C623B3-0C20-44F6-91C3-1FCE8F81805D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3529,348 +3086,368 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A102B3"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00233589"/>
     <w:pPr>
       <w:keepNext/>
-      <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="-358"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabelacomgrade">
-[...17 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
     <w:name w:val="Título 2 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo2"/>
+    <w:qFormat/>
     <w:rsid w:val="00233589"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CorpodetextoChar">
+    <w:name w:val="Corpo de texto Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Corpodetexto"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00233589"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
+    <w:name w:val="Texto de balão Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Textodebalo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00233589"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RecuodecorpodetextoChar">
+    <w:name w:val="Recuo de corpo de texto Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Recuodecorpodetexto"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00064399"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="LinkdaInternet">
+    <w:name w:val="Link da Internet"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00064399"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
+    <w:name w:val="Cabeçalho Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00453875"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
+    <w:name w:val="Rodapé Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00453875"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Linkdainternetvisitado">
+    <w:name w:val="Link da internet visitado"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpodetexto"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Corpodetexto">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CorpodetextoChar"/>
     <w:semiHidden/>
     <w:rsid w:val="00233589"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CorpodetextoChar">
-[...4 lines deleted...]
-    <w:rsid w:val="00233589"/>
+  <w:style w:type="paragraph" w:styleId="Lista">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Corpodetexto"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Legenda">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ndice">
+    <w:name w:val="Índice"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodebalo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodebaloChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="00233589"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...11 lines deleted...]
-    <w:rsid w:val="00233589"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Recuodecorpodetexto">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="RecuodecorpodetextoChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00064399"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RecuodecorpodetextoChar">
-[...15 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
+    <w:qFormat/>
     <w:rsid w:val="00CF2B95"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1134"/>
       </w:tabs>
-      <w:suppressAutoHyphens/>
-[...1 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Goudy Old Style ATT" w:eastAsia="Goudy Old Style ATT" w:hAnsi="Goudy Old Style ATT" w:cs="Goudy Old Style ATT"/>
-      <w:kern w:val="3"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CabealhoeRodap">
+    <w:name w:val="Cabeçalho e Rodapé"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CabealhoChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00453875"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
-[...5 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="RodapChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00453875"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
-[...4 lines deleted...]
-    <w:rsid w:val="00453875"/>
+  <w:style w:type="table" w:styleId="Tabelacomgrade">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Tabelanormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00233589"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...42 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://GOV.BR/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://GOV.BR/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iqb.ufal.br/pt-br/pos-graduacao/pos-graduacao-em-quimica-e-biotecnologia/documentos-1/resolucoes-normativas-1/rn-11-diretrizes-para-a-realizacao-do-estagio-docencia/view" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://GOV.BR/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ufal.edu.br/ufal/imagens/brasao-ufal-g.png/image_view_fullscreen" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ufal.edu.br/ufal/imagens/brasao-ufal-g.png/image_view_fullscreen" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4116,66 +3693,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3811</Characters>
+  <Pages>5</Pages>
+  <Words>856</Words>
+  <Characters>4624</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4507</CharactersWithSpaces>
+  <CharactersWithSpaces>5470</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>UFAL</dc:creator>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:language>pt-BR</dc:language>
 </cp:coreProperties>
 </file>